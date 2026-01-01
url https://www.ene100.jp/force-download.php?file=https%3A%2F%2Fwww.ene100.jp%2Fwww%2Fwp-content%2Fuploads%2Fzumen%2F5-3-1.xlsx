--- v0 (2025-10-30)
+++ v1 (2026-01-01)
@@ -1,123 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28129"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.21\企画部\2024年度資料\03-07　図面集\エネ百科更新用\1213\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.21\企画部\2025年度資料\03-07　図面集\３.更新用・新規図面\5章\5-3-1\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{75FC50BA-C424-4E1E-877F-7D77B8F10692}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3F1164D2-379D-4DC1-94D1-690FB8A7D1FB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="5-3-1" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="\I">#REF!</definedName>
     <definedName name="\P">#REF!</definedName>
     <definedName name="aa">'[1]Oil Consumption – barrels'!#REF!</definedName>
     <definedName name="INIT">#REF!</definedName>
     <definedName name="LEAP">#REF!</definedName>
     <definedName name="NONLEAP">#REF!</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">'5-3-1'!$A$1:$G$53</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">'5-3-1'!$A$1:$G$54</definedName>
     <definedName name="Print1">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="E39" i="1" l="1"/>
   <c r="E38" i="1" l="1"/>
   <c r="E37" i="1"/>
   <c r="E36" i="1"/>
   <c r="E35" i="1"/>
   <c r="E34" i="1"/>
   <c r="E33" i="1"/>
   <c r="E32" i="1"/>
   <c r="E31" i="1"/>
   <c r="E30" i="1"/>
   <c r="E29" i="1"/>
   <c r="E28" i="1"/>
   <c r="E27" i="1"/>
   <c r="E26" i="1"/>
   <c r="E25" i="1"/>
   <c r="E24" i="1"/>
   <c r="E23" i="1"/>
   <c r="E22" i="1"/>
   <c r="E21" i="1"/>
   <c r="E20" i="1"/>
   <c r="E19" i="1"/>
   <c r="E18" i="1"/>
   <c r="E17" i="1"/>
   <c r="E16" i="1"/>
   <c r="E15" i="1"/>
   <c r="E14" i="1"/>
   <c r="E13" i="1"/>
   <c r="E12" i="1"/>
   <c r="E5" i="1" l="1"/>
   <c r="E6" i="1"/>
   <c r="E7" i="1"/>
   <c r="E8" i="1"/>
   <c r="E9" i="1"/>
   <c r="E10" i="1"/>
   <c r="E11" i="1"/>
   <c r="E4" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="62">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="63">
   <si>
     <t>原子力発電所のトラブル件数の推移</t>
   </si>
   <si>
     <t>通達に基づく報告件数</t>
   </si>
   <si>
     <t>法律に基づく報告件数</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>年度</t>
     <rPh sb="0" eb="2">
       <t>ネンド</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>1981年度</t>
     <rPh sb="4" eb="5">
       <t>ネン</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>ド</t>
     </rPh>
@@ -1096,58 +1109,68 @@
     <rPh sb="49" eb="51">
       <t>コショウ</t>
     </rPh>
     <rPh sb="51" eb="52">
       <t>トウ</t>
     </rPh>
     <rPh sb="58" eb="60">
       <t>ゴウキ</t>
     </rPh>
     <rPh sb="64" eb="65">
       <t>ケン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>2023年度</t>
     <rPh sb="4" eb="5">
       <t>ネン</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>ド</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
-    <t>出典：原子力規制庁　事故故障等の報告件数の推移等　令和５年度</t>
+    <t>出典：原子力規制庁　事故故障等の報告件数の推移等　令和６年度</t>
     <rPh sb="0" eb="2">
       <t>シュッテン</t>
     </rPh>
     <rPh sb="25" eb="27">
       <t>レイワ</t>
     </rPh>
     <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>2024年度</t>
+    <rPh sb="4" eb="5">
+      <t>ネン</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>ド</t>
+    </rPh>
+    <phoneticPr fontId="3"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="14">
     <font>
       <sz val="12"/>
       <name val="Osaka"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="Osaka"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
@@ -1202,81 +1225,87 @@
       <name val="BIZ UDP明朝 Medium"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Osaka"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="6"/>
       <name val="BIZ UDP明朝 Medium"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Osaka"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
   </fonts>
-  <fills count="6">
+  <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="22"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="55"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.24994659260841701"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
   <borders count="18">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
@@ -1449,148 +1478,155 @@
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="51">
+  <cellXfs count="56">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="4" fillId="5" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="3">
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="22"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="22"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="22"/>
         </patternFill>
       </fill>
@@ -1981,1136 +2017,1157 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor indexed="62"/>
   </sheetPr>
-  <dimension ref="A1:I54"/>
+  <dimension ref="A1:I55"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B54" sqref="B54"/>
+    <sheetView tabSelected="1" topLeftCell="A34" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="K40" sqref="K40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11" defaultRowHeight="14.25"/>
   <cols>
     <col min="1" max="1" width="6.375" style="1" customWidth="1"/>
     <col min="2" max="2" width="10.375" style="1" customWidth="1"/>
     <col min="3" max="3" width="22.375" style="1" customWidth="1"/>
     <col min="4" max="4" width="20.25" style="1" customWidth="1"/>
     <col min="5" max="6" width="9" style="1" customWidth="1"/>
     <col min="7" max="7" width="19.75" style="1" customWidth="1"/>
     <col min="8" max="16384" width="11" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" s="3" customFormat="1" ht="48.95" customHeight="1">
       <c r="A1" s="2"/>
       <c r="B1" s="43" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="43"/>
       <c r="D1" s="43"/>
       <c r="E1" s="43"/>
       <c r="F1" s="43"/>
       <c r="G1" s="43"/>
     </row>
     <row r="2" spans="1:9" s="3" customFormat="1" ht="27.95" customHeight="1" thickBot="1">
       <c r="C2" s="49" t="s">
         <v>46</v>
       </c>
       <c r="D2" s="50"/>
       <c r="E2" s="50"/>
       <c r="F2" s="50"/>
       <c r="G2" s="50"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
     </row>
     <row r="3" spans="1:9" s="4" customFormat="1" ht="27.95" customHeight="1" thickBot="1">
       <c r="B3" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C3" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D3" s="7" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="F3" s="31" t="s">
+      <c r="F3" s="27" t="s">
         <v>56</v>
       </c>
-      <c r="G3" s="38" t="s">
+      <c r="G3" s="33" t="s">
         <v>57</v>
       </c>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
     </row>
     <row r="4" spans="1:9" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A4" s="3">
         <v>1</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="9">
         <v>36</v>
       </c>
       <c r="D4" s="10">
         <v>45</v>
       </c>
       <c r="E4" s="10">
         <f>C4+D4</f>
         <v>81</v>
       </c>
-      <c r="F4" s="32"/>
+      <c r="F4" s="28"/>
       <c r="G4" s="18">
         <v>3.2</v>
       </c>
     </row>
     <row r="5" spans="1:9" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A5" s="3">
         <v>2</v>
       </c>
       <c r="B5" s="11" t="s">
         <v>5</v>
       </c>
       <c r="C5" s="9">
         <v>26</v>
       </c>
       <c r="D5" s="10">
         <v>41</v>
       </c>
       <c r="E5" s="10">
         <f t="shared" ref="E5:E38" si="0">C5+D5</f>
         <v>67</v>
       </c>
-      <c r="F5" s="32"/>
+      <c r="F5" s="28"/>
       <c r="G5" s="18">
         <v>2.8</v>
       </c>
     </row>
     <row r="6" spans="1:9" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A6" s="3">
         <v>3</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="9">
         <v>27</v>
       </c>
       <c r="D6" s="10">
         <v>45</v>
       </c>
       <c r="E6" s="10">
         <f t="shared" si="0"/>
         <v>72</v>
       </c>
-      <c r="F6" s="32"/>
+      <c r="F6" s="28"/>
       <c r="G6" s="18">
         <v>2.8</v>
       </c>
     </row>
     <row r="7" spans="1:9" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A7" s="3">
         <v>4</v>
       </c>
       <c r="B7" s="11" t="s">
         <v>7</v>
       </c>
       <c r="C7" s="9">
         <v>18</v>
       </c>
       <c r="D7" s="10">
         <v>28</v>
       </c>
       <c r="E7" s="10">
         <f t="shared" si="0"/>
         <v>46</v>
       </c>
-      <c r="F7" s="32"/>
+      <c r="F7" s="28"/>
       <c r="G7" s="18">
         <v>1.4</v>
       </c>
     </row>
     <row r="8" spans="1:9" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A8" s="3">
         <v>5</v>
       </c>
       <c r="B8" s="8" t="s">
         <v>8</v>
       </c>
       <c r="C8" s="9">
         <v>19</v>
       </c>
       <c r="D8" s="10">
         <v>28</v>
       </c>
       <c r="E8" s="10">
         <f t="shared" si="0"/>
         <v>47</v>
       </c>
-      <c r="F8" s="32"/>
+      <c r="F8" s="28"/>
       <c r="G8" s="18">
         <v>1.3</v>
       </c>
     </row>
     <row r="9" spans="1:9" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A9" s="3">
         <v>6</v>
       </c>
       <c r="B9" s="11" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="9">
         <v>19</v>
       </c>
       <c r="D9" s="10">
         <v>30</v>
       </c>
       <c r="E9" s="10">
         <f t="shared" si="0"/>
         <v>49</v>
       </c>
-      <c r="F9" s="32"/>
+      <c r="F9" s="28"/>
       <c r="G9" s="18">
         <v>1.4</v>
       </c>
     </row>
     <row r="10" spans="1:9" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A10" s="3">
         <v>7</v>
       </c>
       <c r="B10" s="8" t="s">
         <v>10</v>
       </c>
       <c r="C10" s="9">
         <v>19</v>
       </c>
       <c r="D10" s="10">
         <v>22</v>
       </c>
       <c r="E10" s="10">
         <f t="shared" si="0"/>
         <v>41</v>
       </c>
-      <c r="F10" s="32"/>
+      <c r="F10" s="28"/>
       <c r="G10" s="18">
         <v>1.2</v>
       </c>
     </row>
     <row r="11" spans="1:9" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A11" s="3">
         <v>8</v>
       </c>
       <c r="B11" s="11" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="9">
         <v>23</v>
       </c>
       <c r="D11" s="10">
         <v>25</v>
       </c>
       <c r="E11" s="10">
         <f t="shared" si="0"/>
         <v>48</v>
       </c>
-      <c r="F11" s="32"/>
+      <c r="F11" s="28"/>
       <c r="G11" s="18">
         <v>1.3</v>
       </c>
     </row>
     <row r="12" spans="1:9" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A12" s="3">
         <v>9</v>
       </c>
       <c r="B12" s="8" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="9">
         <v>22</v>
       </c>
       <c r="D12" s="10">
         <v>13</v>
       </c>
       <c r="E12" s="10">
         <f t="shared" si="0"/>
         <v>35</v>
       </c>
-      <c r="F12" s="32"/>
+      <c r="F12" s="28"/>
       <c r="G12" s="18">
         <v>0.9</v>
       </c>
     </row>
     <row r="13" spans="1:9" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A13" s="3">
         <v>10</v>
       </c>
       <c r="B13" s="11" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="9">
         <v>24</v>
       </c>
       <c r="D13" s="10">
         <v>11</v>
       </c>
       <c r="E13" s="10">
         <f t="shared" si="0"/>
         <v>35</v>
       </c>
-      <c r="F13" s="32"/>
+      <c r="F13" s="28"/>
       <c r="G13" s="18">
         <v>0.9</v>
       </c>
     </row>
     <row r="14" spans="1:9" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A14" s="3">
         <v>11</v>
       </c>
       <c r="B14" s="8" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="9">
         <v>20</v>
       </c>
       <c r="D14" s="10">
         <v>4</v>
       </c>
       <c r="E14" s="10">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
-      <c r="F14" s="32"/>
+      <c r="F14" s="28"/>
       <c r="G14" s="18">
         <v>0.6</v>
       </c>
     </row>
     <row r="15" spans="1:9" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A15" s="3">
         <v>12</v>
       </c>
       <c r="B15" s="11" t="s">
         <v>15</v>
       </c>
       <c r="C15" s="9">
         <v>32</v>
       </c>
       <c r="D15" s="10">
         <v>12</v>
       </c>
       <c r="E15" s="10">
         <f t="shared" si="0"/>
         <v>44</v>
       </c>
-      <c r="F15" s="32"/>
+      <c r="F15" s="28"/>
       <c r="G15" s="18">
         <v>0.8</v>
       </c>
     </row>
     <row r="16" spans="1:9" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A16" s="3">
         <v>13</v>
       </c>
       <c r="B16" s="8" t="s">
         <v>16</v>
       </c>
       <c r="C16" s="9">
         <v>24</v>
       </c>
       <c r="D16" s="10">
         <v>7</v>
       </c>
       <c r="E16" s="10">
         <f t="shared" si="0"/>
         <v>31</v>
       </c>
-      <c r="F16" s="32"/>
+      <c r="F16" s="28"/>
       <c r="G16" s="18">
         <v>0.5</v>
       </c>
     </row>
     <row r="17" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A17" s="3">
         <v>14</v>
       </c>
       <c r="B17" s="11" t="s">
         <v>17</v>
       </c>
       <c r="C17" s="9">
         <v>19</v>
       </c>
       <c r="D17" s="10">
         <v>5</v>
       </c>
       <c r="E17" s="10">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
-      <c r="F17" s="32"/>
+      <c r="F17" s="28"/>
       <c r="G17" s="18">
         <v>0.4</v>
       </c>
     </row>
     <row r="18" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A18" s="3">
         <v>15</v>
       </c>
       <c r="B18" s="8" t="s">
         <v>18</v>
       </c>
       <c r="C18" s="9">
         <v>29</v>
       </c>
       <c r="D18" s="10">
         <v>15</v>
       </c>
       <c r="E18" s="10">
         <f t="shared" si="0"/>
         <v>44</v>
       </c>
-      <c r="F18" s="32"/>
+      <c r="F18" s="28"/>
       <c r="G18" s="18">
         <v>0.6</v>
       </c>
     </row>
     <row r="19" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A19" s="3">
         <v>16</v>
       </c>
       <c r="B19" s="11" t="s">
         <v>19</v>
       </c>
       <c r="C19" s="9">
         <v>22</v>
       </c>
       <c r="D19" s="10">
         <v>8</v>
       </c>
       <c r="E19" s="10">
         <f t="shared" si="0"/>
         <v>30</v>
       </c>
-      <c r="F19" s="32"/>
+      <c r="F19" s="28"/>
       <c r="G19" s="18">
         <v>0.4</v>
       </c>
     </row>
     <row r="20" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A20" s="3">
         <v>17</v>
       </c>
       <c r="B20" s="8" t="s">
         <v>20</v>
       </c>
       <c r="C20" s="9">
         <v>25</v>
       </c>
       <c r="D20" s="10">
         <v>11</v>
       </c>
       <c r="E20" s="10">
         <f t="shared" si="0"/>
         <v>36</v>
       </c>
-      <c r="F20" s="32"/>
+      <c r="F20" s="28"/>
       <c r="G20" s="18">
         <v>0.5</v>
       </c>
     </row>
     <row r="21" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A21" s="3">
         <v>18</v>
       </c>
       <c r="B21" s="11" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="9">
         <v>20</v>
       </c>
       <c r="D21" s="10">
         <v>6</v>
       </c>
       <c r="E21" s="10">
         <f t="shared" si="0"/>
         <v>26</v>
       </c>
-      <c r="F21" s="32"/>
+      <c r="F21" s="28"/>
       <c r="G21" s="18">
         <v>0.4</v>
       </c>
     </row>
     <row r="22" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A22" s="3">
         <v>19</v>
       </c>
       <c r="B22" s="8" t="s">
         <v>22</v>
       </c>
       <c r="C22" s="9">
         <v>29</v>
       </c>
       <c r="D22" s="10">
         <v>12</v>
       </c>
       <c r="E22" s="10">
         <f t="shared" si="0"/>
         <v>41</v>
       </c>
-      <c r="F22" s="32"/>
+      <c r="F22" s="28"/>
       <c r="G22" s="18">
         <v>0.6</v>
       </c>
     </row>
     <row r="23" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A23" s="3">
         <v>20</v>
       </c>
       <c r="B23" s="11" t="s">
         <v>23</v>
       </c>
       <c r="C23" s="9">
         <v>26</v>
       </c>
       <c r="D23" s="10">
         <v>7</v>
       </c>
       <c r="E23" s="10">
         <f t="shared" si="0"/>
         <v>33</v>
       </c>
-      <c r="F23" s="32"/>
+      <c r="F23" s="28"/>
       <c r="G23" s="18">
         <v>0.5</v>
       </c>
     </row>
     <row r="24" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A24" s="3">
         <v>21</v>
       </c>
       <c r="B24" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C24" s="9">
         <v>15</v>
       </c>
       <c r="D24" s="10">
         <v>4</v>
       </c>
       <c r="E24" s="10">
         <f t="shared" si="0"/>
         <v>19</v>
       </c>
-      <c r="F24" s="32"/>
+      <c r="F24" s="28"/>
       <c r="G24" s="18">
         <v>0.3</v>
       </c>
     </row>
     <row r="25" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A25" s="3">
         <v>22</v>
       </c>
       <c r="B25" s="11" t="s">
         <v>25</v>
       </c>
       <c r="C25" s="9">
         <v>12</v>
       </c>
       <c r="D25" s="10">
         <v>4</v>
       </c>
       <c r="E25" s="10">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
-      <c r="F25" s="32">
+      <c r="F25" s="28">
         <v>52</v>
       </c>
       <c r="G25" s="18">
         <v>0.2</v>
       </c>
     </row>
     <row r="26" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A26" s="3">
         <v>23</v>
       </c>
       <c r="B26" s="8" t="s">
         <v>26</v>
       </c>
       <c r="C26" s="9">
         <v>13</v>
       </c>
       <c r="D26" s="10">
         <v>2</v>
       </c>
       <c r="E26" s="10">
         <f t="shared" si="0"/>
         <v>15</v>
       </c>
-      <c r="F26" s="32">
+      <c r="F26" s="28">
         <v>52</v>
       </c>
       <c r="G26" s="18">
         <v>0.3</v>
       </c>
     </row>
     <row r="27" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A27" s="3">
         <v>24</v>
       </c>
       <c r="B27" s="11" t="s">
         <v>27</v>
       </c>
       <c r="C27" s="9">
         <v>20</v>
       </c>
       <c r="D27" s="10"/>
       <c r="E27" s="10">
         <f t="shared" si="0"/>
         <v>20</v>
       </c>
-      <c r="F27" s="32">
+      <c r="F27" s="28">
         <v>53</v>
       </c>
       <c r="G27" s="18">
         <v>0.4</v>
       </c>
     </row>
     <row r="28" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A28" s="3">
         <v>25</v>
       </c>
       <c r="B28" s="8" t="s">
         <v>28</v>
       </c>
       <c r="C28" s="9">
         <v>15</v>
       </c>
       <c r="D28" s="10"/>
       <c r="E28" s="10">
         <f t="shared" si="0"/>
         <v>15</v>
       </c>
-      <c r="F28" s="32">
+      <c r="F28" s="28">
         <v>55</v>
       </c>
       <c r="G28" s="18">
         <v>0.3</v>
       </c>
     </row>
     <row r="29" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A29" s="3">
         <v>26</v>
       </c>
       <c r="B29" s="11" t="s">
         <v>29</v>
       </c>
       <c r="C29" s="9">
         <v>15</v>
       </c>
       <c r="D29" s="10"/>
       <c r="E29" s="10">
         <f t="shared" si="0"/>
         <v>15</v>
       </c>
-      <c r="F29" s="32">
+      <c r="F29" s="28">
         <v>55</v>
       </c>
       <c r="G29" s="18">
         <v>0.3</v>
       </c>
     </row>
     <row r="30" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A30" s="3">
         <v>27</v>
       </c>
       <c r="B30" s="8" t="s">
         <v>30</v>
       </c>
       <c r="C30" s="9">
         <v>23</v>
       </c>
       <c r="D30" s="10"/>
       <c r="E30" s="10">
         <f t="shared" si="0"/>
         <v>23</v>
       </c>
-      <c r="F30" s="32">
+      <c r="F30" s="28">
         <v>55</v>
       </c>
       <c r="G30" s="18">
         <v>0.4</v>
       </c>
     </row>
     <row r="31" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A31" s="3">
         <v>28</v>
       </c>
       <c r="B31" s="11" t="s">
         <v>31</v>
       </c>
       <c r="C31" s="9">
         <v>23</v>
       </c>
       <c r="D31" s="10"/>
       <c r="E31" s="10">
         <f t="shared" si="0"/>
         <v>23</v>
       </c>
-      <c r="F31" s="32">
+      <c r="F31" s="28">
         <v>55</v>
       </c>
       <c r="G31" s="18">
         <v>0.4</v>
       </c>
     </row>
     <row r="32" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A32" s="3">
         <v>29</v>
       </c>
       <c r="B32" s="8" t="s">
         <v>32</v>
       </c>
       <c r="C32" s="12">
         <v>15</v>
       </c>
       <c r="D32" s="13"/>
       <c r="E32" s="10">
         <f t="shared" si="0"/>
         <v>15</v>
       </c>
-      <c r="F32" s="32">
+      <c r="F32" s="28">
         <v>56</v>
       </c>
-      <c r="G32" s="39">
+      <c r="G32" s="34">
         <v>0.3</v>
       </c>
     </row>
     <row r="33" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A33" s="3">
         <v>30</v>
       </c>
       <c r="B33" s="11" t="s">
         <v>33</v>
       </c>
       <c r="C33" s="9">
         <v>16</v>
       </c>
       <c r="D33" s="10"/>
       <c r="E33" s="10">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
-      <c r="F33" s="32">
+      <c r="F33" s="28">
         <v>54</v>
       </c>
       <c r="G33" s="18">
         <v>0.3</v>
       </c>
     </row>
     <row r="34" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A34" s="3">
         <v>31</v>
       </c>
       <c r="B34" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C34" s="12">
         <v>8</v>
       </c>
       <c r="D34" s="13"/>
       <c r="E34" s="10">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
-      <c r="F34" s="32">
+      <c r="F34" s="28">
         <v>54</v>
       </c>
-      <c r="G34" s="39">
+      <c r="G34" s="34">
         <v>0.1</v>
       </c>
     </row>
     <row r="35" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A35" s="3">
         <v>32</v>
       </c>
       <c r="B35" s="11" t="s">
         <v>35</v>
       </c>
       <c r="C35" s="14">
         <v>6</v>
       </c>
       <c r="D35" s="10"/>
       <c r="E35" s="10">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
-      <c r="F35" s="32">
+      <c r="F35" s="28">
         <v>54</v>
       </c>
       <c r="G35" s="18">
         <v>0.1</v>
       </c>
     </row>
     <row r="36" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A36" s="3">
         <v>33</v>
       </c>
       <c r="B36" s="15" t="s">
         <v>36</v>
       </c>
       <c r="C36" s="16">
         <v>0</v>
       </c>
       <c r="D36" s="17"/>
       <c r="E36" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F36" s="33">
+      <c r="F36" s="29">
         <v>54</v>
       </c>
-      <c r="G36" s="28">
+      <c r="G36" s="24">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A37" s="3">
         <v>34</v>
       </c>
       <c r="B37" s="11" t="s">
         <v>37</v>
       </c>
       <c r="C37" s="14">
         <v>0</v>
       </c>
       <c r="D37" s="10"/>
       <c r="E37" s="10">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="F37" s="34">
+      <c r="F37" s="30">
         <v>48</v>
       </c>
       <c r="G37" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A38" s="3">
         <v>35</v>
       </c>
       <c r="B38" s="11" t="s">
         <v>38</v>
       </c>
       <c r="C38" s="14">
         <v>2</v>
       </c>
       <c r="D38" s="10"/>
       <c r="E38" s="10">
         <f t="shared" si="0"/>
         <v>2</v>
       </c>
-      <c r="F38" s="34">
+      <c r="F38" s="30">
         <v>48</v>
       </c>
       <c r="G38" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A39" s="3">
         <v>36</v>
       </c>
       <c r="B39" s="11" t="s">
         <v>39</v>
       </c>
       <c r="C39" s="14">
         <v>4</v>
       </c>
       <c r="D39" s="10"/>
       <c r="E39" s="10">
         <f t="shared" ref="E39" si="1">C39+D39</f>
         <v>4</v>
       </c>
-      <c r="F39" s="34">
+      <c r="F39" s="30">
         <v>48</v>
       </c>
       <c r="G39" s="18">
         <v>0.1</v>
       </c>
     </row>
     <row r="40" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A40" s="3">
         <v>37</v>
       </c>
       <c r="B40" s="11" t="s">
         <v>40</v>
       </c>
       <c r="C40" s="14">
         <v>2</v>
       </c>
       <c r="D40" s="10"/>
       <c r="E40" s="10">
         <v>2</v>
       </c>
-      <c r="F40" s="34">
+      <c r="F40" s="30">
         <v>48</v>
       </c>
       <c r="G40" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A41" s="3">
         <v>38</v>
       </c>
       <c r="B41" s="11" t="s">
         <v>41</v>
       </c>
       <c r="C41" s="14">
         <v>4</v>
       </c>
       <c r="D41" s="10"/>
       <c r="E41" s="10">
         <v>4</v>
       </c>
-      <c r="F41" s="34">
+      <c r="F41" s="30">
         <v>42</v>
       </c>
       <c r="G41" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A42" s="3">
         <v>39</v>
       </c>
       <c r="B42" s="19" t="s">
         <v>42</v>
       </c>
       <c r="C42" s="20">
         <v>3</v>
       </c>
       <c r="D42" s="21"/>
       <c r="E42" s="21">
         <v>3</v>
       </c>
-      <c r="F42" s="35">
+      <c r="F42" s="31">
         <v>42</v>
       </c>
       <c r="G42" s="22">
         <v>0.1</v>
       </c>
     </row>
     <row r="43" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A43" s="3">
         <v>40</v>
       </c>
       <c r="B43" s="11" t="s">
         <v>43</v>
       </c>
       <c r="C43" s="14">
         <v>1</v>
       </c>
       <c r="D43" s="10"/>
       <c r="E43" s="10">
         <v>1</v>
       </c>
-      <c r="F43" s="34">
+      <c r="F43" s="30">
         <v>38</v>
       </c>
       <c r="G43" s="18">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A44" s="3">
         <v>41</v>
       </c>
       <c r="B44" s="15" t="s">
         <v>44</v>
       </c>
       <c r="C44" s="16">
         <v>2</v>
       </c>
       <c r="D44" s="17"/>
       <c r="E44" s="17">
         <v>2</v>
       </c>
-      <c r="F44" s="36">
+      <c r="F44" s="32">
         <v>37</v>
       </c>
-      <c r="G44" s="28">
+      <c r="G44" s="24">
         <v>0.1</v>
       </c>
     </row>
-    <row r="45" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1" thickBot="1">
+    <row r="45" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1">
       <c r="A45" s="3">
         <v>42</v>
       </c>
-      <c r="B45" s="24" t="s">
+      <c r="B45" s="11" t="s">
         <v>45</v>
       </c>
-      <c r="C45" s="25">
+      <c r="C45" s="14">
         <v>2</v>
       </c>
-      <c r="D45" s="26"/>
-      <c r="E45" s="26">
+      <c r="D45" s="10"/>
+      <c r="E45" s="10">
         <v>2</v>
       </c>
-      <c r="F45" s="37">
+      <c r="F45" s="30">
         <v>33</v>
       </c>
-      <c r="G45" s="27">
+      <c r="G45" s="18">
         <v>0.1</v>
       </c>
     </row>
     <row r="46" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1" thickBot="1">
       <c r="A46" s="3">
         <v>43</v>
       </c>
-      <c r="B46" s="24" t="s">
+      <c r="B46" s="35" t="s">
         <v>60</v>
       </c>
-      <c r="C46" s="25">
+      <c r="C46" s="36">
         <v>3</v>
       </c>
-      <c r="D46" s="26"/>
-      <c r="E46" s="26">
+      <c r="D46" s="37"/>
+      <c r="E46" s="37">
         <v>3</v>
       </c>
-      <c r="F46" s="37">
+      <c r="F46" s="38">
         <v>33</v>
       </c>
-      <c r="G46" s="27">
+      <c r="G46" s="39">
         <v>0.1</v>
       </c>
     </row>
-    <row r="47" spans="1:7" s="3" customFormat="1">
-[...8 lines deleted...]
-      <c r="B48" s="29" t="s">
+    <row r="47" spans="1:7" s="3" customFormat="1" ht="21.75" customHeight="1" thickBot="1">
+      <c r="A47" s="3">
+        <v>43</v>
+      </c>
+      <c r="B47" s="51" t="s">
+        <v>62</v>
+      </c>
+      <c r="C47" s="52">
+        <v>1</v>
+      </c>
+      <c r="D47" s="53"/>
+      <c r="E47" s="53">
+        <v>1</v>
+      </c>
+      <c r="F47" s="54">
+        <v>33</v>
+      </c>
+      <c r="G47" s="55">
+        <v>0.1</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" s="3" customFormat="1">
+      <c r="B48" s="4"/>
+      <c r="C48" s="4"/>
+      <c r="D48" s="4"/>
+      <c r="E48" s="4"/>
+      <c r="F48" s="4"/>
+      <c r="G48" s="4"/>
+    </row>
+    <row r="49" spans="2:7" s="23" customFormat="1" ht="29.25" customHeight="1">
+      <c r="B49" s="25" t="s">
         <v>47</v>
       </c>
-      <c r="C48" s="46" t="s">
+      <c r="C49" s="46" t="s">
         <v>58</v>
       </c>
-      <c r="D48" s="47"/>
-[...5 lines deleted...]
-      <c r="B49" s="29" t="s">
+      <c r="D49" s="47"/>
+      <c r="E49" s="47"/>
+      <c r="F49" s="47"/>
+      <c r="G49" s="47"/>
+    </row>
+    <row r="50" spans="2:7" s="23" customFormat="1" ht="67.5" customHeight="1">
+      <c r="B50" s="25" t="s">
         <v>48</v>
       </c>
-      <c r="C49" s="44" t="s">
+      <c r="C50" s="44" t="s">
         <v>49</v>
       </c>
-      <c r="D49" s="45"/>
-[...5 lines deleted...]
-      <c r="B50" s="29" t="s">
+      <c r="D50" s="45"/>
+      <c r="E50" s="45"/>
+      <c r="F50" s="45"/>
+      <c r="G50" s="45"/>
+    </row>
+    <row r="51" spans="2:7" s="23" customFormat="1" ht="25.5" customHeight="1">
+      <c r="B51" s="25" t="s">
         <v>50</v>
       </c>
-      <c r="C50" s="48" t="s">
+      <c r="C51" s="48" t="s">
         <v>59</v>
       </c>
-      <c r="D50" s="48"/>
-[...5 lines deleted...]
-      <c r="B51" s="29" t="s">
+      <c r="D51" s="48"/>
+      <c r="E51" s="48"/>
+      <c r="F51" s="48"/>
+      <c r="G51" s="48"/>
+    </row>
+    <row r="52" spans="2:7" s="23" customFormat="1" ht="41.25" customHeight="1">
+      <c r="B52" s="25" t="s">
         <v>51</v>
       </c>
-      <c r="C51" s="40" t="s">
+      <c r="C52" s="40" t="s">
         <v>52</v>
       </c>
-      <c r="D51" s="42"/>
-[...5 lines deleted...]
-      <c r="B52" s="30" t="s">
+      <c r="D52" s="42"/>
+      <c r="E52" s="42"/>
+      <c r="F52" s="42"/>
+      <c r="G52" s="42"/>
+    </row>
+    <row r="53" spans="2:7" s="3" customFormat="1" ht="30.75" customHeight="1">
+      <c r="B53" s="26" t="s">
         <v>53</v>
       </c>
-      <c r="C52" s="40" t="s">
+      <c r="C53" s="40" t="s">
         <v>54</v>
       </c>
-      <c r="D52" s="41"/>
-[...5 lines deleted...]
-      <c r="B53" s="3" t="s">
+      <c r="D53" s="41"/>
+      <c r="E53" s="41"/>
+      <c r="F53" s="41"/>
+      <c r="G53" s="41"/>
+    </row>
+    <row r="54" spans="2:7" s="3" customFormat="1" ht="20.25" customHeight="1">
+      <c r="B54" s="3" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="54" spans="2:7" s="3" customFormat="1"/>
+    <row r="55" spans="2:7" s="3" customFormat="1"/>
   </sheetData>
   <mergeCells count="7">
+    <mergeCell ref="C53:G53"/>
     <mergeCell ref="C52:G52"/>
+    <mergeCell ref="B1:G1"/>
+    <mergeCell ref="C50:G50"/>
+    <mergeCell ref="C49:G49"/>
     <mergeCell ref="C51:G51"/>
-    <mergeCell ref="B1:G1"/>
-[...2 lines deleted...]
-    <mergeCell ref="C50:G50"/>
     <mergeCell ref="C2:G2"/>
   </mergeCells>
   <phoneticPr fontId="3"/>
   <conditionalFormatting sqref="B37:G41">
     <cfRule type="expression" dxfId="2" priority="1" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C4:G31">
     <cfRule type="expression" dxfId="1" priority="3" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E32:F36">
     <cfRule type="expression" dxfId="0" priority="2" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.59055118110236227" top="0.59055118110236227" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="86" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;A</oddFooter>
   </headerFooter>
 </worksheet>