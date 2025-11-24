--- v0 (2025-10-10)
+++ v1 (2025-11-24)
@@ -1,75 +1,88 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27126"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.21\企画部\2023年度資料\03-07　図面集\更新用\4章\4-1-2\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.21\企画部\2025年度資料\03-07　図面集\３.更新用・新規図面\4章\4-1-2\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{189D2BC0-03B2-4C32-99CC-36686E50F0F3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{04BC6B3D-4297-45AF-BC33-BEB5B0BC9AAE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="4-1-2" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="\I">#REF!</definedName>
     <definedName name="\P">#REF!</definedName>
     <definedName name="aa">'[1]Oil Consumption – barrels'!#REF!</definedName>
     <definedName name="INIT">#REF!</definedName>
     <definedName name="LEAP">#REF!</definedName>
     <definedName name="NONLEAP">#REF!</definedName>
     <definedName name="Print1">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="63">
   <si>
     <t>ウラン資源埋蔵量と確保状況</t>
     <rPh sb="3" eb="5">
       <t>シゲン</t>
     </rPh>
     <rPh sb="5" eb="8">
       <t>マイゾウリョウ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>カクホ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>ジョウキョウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>国名</t>
     <rPh sb="0" eb="1">
       <t>クニ</t>
@@ -201,131 +214,131 @@
   <si>
     <t>モーリタニア</t>
   </si>
   <si>
     <t>スロバキア</t>
   </si>
   <si>
     <t>マリ</t>
   </si>
   <si>
     <t>エジプト</t>
   </si>
   <si>
     <t>チャド</t>
   </si>
   <si>
     <t>ハンガリー</t>
   </si>
   <si>
     <t>ナミビア</t>
   </si>
   <si>
     <t>ドイツ</t>
   </si>
   <si>
-    <t>合計</t>
+    <t>パラグアイ</t>
+  </si>
+  <si>
+    <t>セネガル</t>
+  </si>
+  <si>
+    <t>デンマーク/グリーンランド</t>
+  </si>
+  <si>
+    <t>ボリビア</t>
+  </si>
+  <si>
+    <t>ガイアナ</t>
+  </si>
+  <si>
+    <t>&lt;USD 130/KgU&gt;</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>出典：URANIUM2024</t>
     <rPh sb="0" eb="2">
-      <t>ゴウケイ</t>
+      <t>シュッテン</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>南アフリカ</t>
     <rPh sb="0" eb="1">
       <t>ミナミ</t>
     </rPh>
-    <phoneticPr fontId="4"/>
+    <phoneticPr fontId="7"/>
   </si>
   <si>
     <t>中国</t>
     <rPh sb="0" eb="2">
       <t>チュウゴク</t>
     </rPh>
-    <phoneticPr fontId="4"/>
+    <phoneticPr fontId="7"/>
+  </si>
+  <si>
+    <t>日本</t>
+    <rPh sb="0" eb="2">
+      <t>ニホン</t>
+    </rPh>
+    <phoneticPr fontId="7"/>
   </si>
   <si>
     <t>中央アフリカ</t>
     <rPh sb="0" eb="2">
       <t>チュウオウ</t>
     </rPh>
-    <phoneticPr fontId="4"/>
-[...6 lines deleted...]
-    <phoneticPr fontId="4"/>
+    <phoneticPr fontId="7"/>
   </si>
   <si>
     <t>コンゴ民主共和国</t>
     <rPh sb="3" eb="5">
       <t>ミンシュ</t>
     </rPh>
     <rPh sb="5" eb="8">
       <t>キョウワコク</t>
     </rPh>
+    <phoneticPr fontId="7"/>
+  </si>
+  <si>
+    <t>合計</t>
+    <rPh sb="0" eb="2">
+      <t>ゴウケイ</t>
+    </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
-    <t>パラグアイ</t>
-[...5 lines deleted...]
-    <t>2021年1月現在</t>
+    <t>2023年1月現在</t>
     <rPh sb="4" eb="5">
       <t>ネン</t>
     </rPh>
     <rPh sb="6" eb="7">
       <t>ガツ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>ゲンザイ</t>
     </rPh>
-    <phoneticPr fontId="2"/>
-[...18 lines deleted...]
-    <t>&lt;USD 130/KgU&gt;</t>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="10">
     <font>
       <sz val="12"/>
       <name val="Osaka"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Osaka"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="Osaka"/>
       <family val="3"/>
       <charset val="128"/>
@@ -369,51 +382,51 @@
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="BIZ UDPゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="55"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="22">
+  <borders count="21">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -509,63 +522,50 @@
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
-        <color indexed="64"/>
-[...11 lines deleted...]
-      <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -654,101 +654,100 @@
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="32">
+  <cellXfs count="31">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="3" applyFont="1"/>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="3" applyFont="1" applyBorder="1"/>
     <xf numFmtId="38" fontId="7" fillId="0" borderId="7" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="38" fontId="7" fillId="0" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="5" xfId="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="38" fontId="7" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="9" fontId="7" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="9" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="6" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="5">
     <cellStyle name="パーセント" xfId="1" builtinId="5"/>
     <cellStyle name="桁区切り" xfId="2" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="4" xr:uid="{9043FEF0-E367-4E6D-A076-20415F87E25B}"/>
     <cellStyle name="標準_図面集の生データ(20111214)" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
@@ -1124,719 +1123,717 @@
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="C1:G62"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="B1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="J11" sqref="J11"/>
+      <selection activeCell="K10" sqref="K10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" customHeight="1"/>
   <cols>
-    <col min="1" max="1" width="0" style="2" hidden="1" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="9" style="2"/>
+    <col min="1" max="1" width="0" style="1" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="5" style="1" customWidth="1"/>
+    <col min="3" max="3" width="17.75" style="1" customWidth="1"/>
+    <col min="4" max="4" width="26.375" style="1" customWidth="1"/>
+    <col min="5" max="5" width="16.875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="9.625" style="1" customWidth="1"/>
+    <col min="7" max="7" width="20.375" style="1" customWidth="1"/>
+    <col min="8" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="3:7" ht="48.95" customHeight="1">
-      <c r="C1" s="1" t="s">
-[...9 lines deleted...]
-      <c r="E3" s="3" t="s">
+      <c r="C1" s="26" t="s">
+        <v>0</v>
+      </c>
+      <c r="D1" s="26"/>
+      <c r="E1" s="26"/>
+      <c r="F1" s="26"/>
+      <c r="G1" s="26"/>
+    </row>
+    <row r="2" spans="3:7" ht="14.25" customHeight="1"/>
+    <row r="3" spans="3:7" ht="19.5" customHeight="1" thickBot="1">
+      <c r="E3" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F3" s="3"/>
+    </row>
+    <row r="4" spans="3:7" ht="15.75" customHeight="1" thickBot="1">
+      <c r="D4" s="27" t="s">
+        <v>1</v>
+      </c>
+      <c r="E4" s="29" t="s">
         <v>62</v>
       </c>
-      <c r="F3" s="4"/>
-[...5 lines deleted...]
-      <c r="E4" s="6" t="s">
+      <c r="F4" s="30"/>
+    </row>
+    <row r="5" spans="3:7" ht="15.75" customHeight="1" thickBot="1">
+      <c r="D5" s="28"/>
+      <c r="E5" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="3:7" ht="15.75" customHeight="1">
+      <c r="D6" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="E6" s="7">
+        <v>1671200</v>
+      </c>
+      <c r="F6" s="8">
+        <v>0.2820114748565643</v>
+      </c>
+    </row>
+    <row r="7" spans="3:7" ht="15.75" customHeight="1">
+      <c r="D7" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="E7" s="9">
+        <v>813900</v>
+      </c>
+      <c r="F7" s="10">
+        <v>0.13734390820114747</v>
+      </c>
+    </row>
+    <row r="8" spans="3:7" ht="15.75" customHeight="1">
+      <c r="D8" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="E8" s="9">
+        <v>582000</v>
+      </c>
+      <c r="F8" s="10">
+        <v>9.8211272359095506E-2</v>
+      </c>
+    </row>
+    <row r="9" spans="3:7" ht="15.75" customHeight="1">
+      <c r="D9" s="6" t="s">
+        <v>47</v>
+      </c>
+      <c r="E9" s="9">
+        <v>497900</v>
+      </c>
+      <c r="F9" s="10">
+        <v>8.401957475531556E-2</v>
+      </c>
+    </row>
+    <row r="10" spans="3:7" ht="15.75" customHeight="1">
+      <c r="D10" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="E10" s="9">
+        <v>476600</v>
+      </c>
+      <c r="F10" s="10">
+        <v>8.0425244684441441E-2</v>
+      </c>
+    </row>
+    <row r="11" spans="3:7" ht="15.75" customHeight="1">
+      <c r="D11" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="E11" s="9">
+        <v>336000</v>
+      </c>
+      <c r="F11" s="10">
+        <v>5.6699291258859266E-2</v>
+      </c>
+    </row>
+    <row r="12" spans="3:7" ht="15.75" customHeight="1">
+      <c r="D12" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="E12" s="9">
+        <v>320900</v>
+      </c>
+      <c r="F12" s="10">
+        <v>5.4151198110023627E-2</v>
+      </c>
+    </row>
+    <row r="13" spans="3:7" ht="15.75" customHeight="1">
+      <c r="D13" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="F4" s="7"/>
-[...66 lines deleted...]
-      <c r="D11" s="11" t="s">
+      <c r="E13" s="9">
+        <v>270500</v>
+      </c>
+      <c r="F13" s="10">
+        <v>4.5646304421194737E-2</v>
+      </c>
+    </row>
+    <row r="14" spans="3:7" ht="15.75" customHeight="1">
+      <c r="D14" s="6" t="s">
+        <v>8</v>
+      </c>
+      <c r="E14" s="9">
+        <v>167800</v>
+      </c>
+      <c r="F14" s="10">
+        <v>2.8315896051299357E-2</v>
+      </c>
+    </row>
+    <row r="15" spans="3:7" ht="15.75" customHeight="1">
+      <c r="D15" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" s="9">
+        <v>144600</v>
+      </c>
+      <c r="F15" s="10">
+        <v>2.4400944988187647E-2</v>
+      </c>
+    </row>
+    <row r="16" spans="3:7" ht="15.75" customHeight="1">
+      <c r="D16" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" s="9">
+        <v>106700</v>
+      </c>
+      <c r="F16" s="10">
+        <v>1.8005399932500842E-2</v>
+      </c>
+    </row>
+    <row r="17" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D17" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E17" s="9">
+        <v>87200</v>
+      </c>
+      <c r="F17" s="10">
+        <v>1.4714816064799191E-2</v>
+      </c>
+    </row>
+    <row r="18" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D18" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E18" s="9">
+        <v>67800</v>
+      </c>
+      <c r="F18" s="10">
+        <v>1.1441106986162674E-2</v>
+      </c>
+    </row>
+    <row r="19" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D19" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E19" s="9">
+        <v>57700</v>
+      </c>
+      <c r="F19" s="11">
+        <v>9.7367532905838685E-3</v>
+      </c>
+    </row>
+    <row r="20" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D20" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" s="9">
+        <v>45000</v>
+      </c>
+      <c r="F20" s="10">
+        <v>7.5936550793115083E-3</v>
+      </c>
+    </row>
+    <row r="21" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D21" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="E21" s="9">
+        <v>34300</v>
+      </c>
+      <c r="F21" s="10">
+        <v>5.7880526493418833E-3</v>
+      </c>
+    </row>
+    <row r="22" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D22" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E22" s="9">
+        <v>33400</v>
+      </c>
+      <c r="F22" s="11">
+        <v>5.6361795477556532E-3</v>
+      </c>
+    </row>
+    <row r="23" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D23" s="12" t="s">
+        <v>19</v>
+      </c>
+      <c r="E23" s="9">
+        <v>28500</v>
+      </c>
+      <c r="F23" s="11">
+        <v>4.8093148835639558E-3</v>
+      </c>
+    </row>
+    <row r="24" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D24" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E24" s="9">
+        <v>27100</v>
+      </c>
+      <c r="F24" s="11">
+        <v>4.573067836652042E-3</v>
+      </c>
+    </row>
+    <row r="25" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D25" s="6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E25" s="9">
+        <v>23000</v>
+      </c>
+      <c r="F25" s="11">
+        <v>3.8812014849814377E-3</v>
+      </c>
+    </row>
+    <row r="26" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D26" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E26" s="9">
+        <v>18200</v>
+      </c>
+      <c r="F26" s="11">
+        <v>3.071211609854877E-3</v>
+      </c>
+    </row>
+    <row r="27" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D27" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E27" s="9">
+        <v>15900</v>
+      </c>
+      <c r="F27" s="11">
+        <v>2.6830914613567331E-3</v>
+      </c>
+    </row>
+    <row r="28" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D28" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E28" s="9">
+        <v>15500</v>
+      </c>
+      <c r="F28" s="11">
+        <v>2.6155923050961865E-3</v>
+      </c>
+    </row>
+    <row r="29" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D29" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" s="9">
+        <v>9600</v>
+      </c>
+      <c r="F29" s="11">
+        <v>1.6199797502531219E-3</v>
+      </c>
+    </row>
+    <row r="30" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D30" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E30" s="9">
+        <v>9200</v>
+      </c>
+      <c r="F30" s="11">
+        <v>1.5524805939925751E-3</v>
+      </c>
+    </row>
+    <row r="31" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D31" s="6" t="s">
+        <v>43</v>
+      </c>
+      <c r="E31" s="9">
+        <v>8900</v>
+      </c>
+      <c r="F31" s="11">
+        <v>1.501856226797165E-3</v>
+      </c>
+    </row>
+    <row r="32" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D32" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="E32" s="9">
+        <v>8600</v>
+      </c>
+      <c r="F32" s="11">
+        <v>1.4512318596017549E-3</v>
+      </c>
+    </row>
+    <row r="33" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D33" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E33" s="9">
+        <v>7400</v>
+      </c>
+      <c r="F33" s="11">
+        <v>1.2487343908201148E-3</v>
+      </c>
+    </row>
+    <row r="34" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D34" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="E34" s="9">
+        <v>6600</v>
+      </c>
+      <c r="F34" s="11">
+        <v>1.1137360782990213E-3</v>
+      </c>
+    </row>
+    <row r="35" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D35" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E35" s="9">
+        <v>6600</v>
+      </c>
+      <c r="F35" s="11">
+        <v>1.1137360782990213E-3</v>
+      </c>
+    </row>
+    <row r="36" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D36" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="E36" s="9">
+        <v>6100</v>
+      </c>
+      <c r="F36" s="11">
+        <v>1.0293621329733379E-3</v>
+      </c>
+    </row>
+    <row r="37" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D37" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="E37" s="9">
+        <v>5300</v>
+      </c>
+      <c r="F37" s="11">
+        <v>8.9436382045224435E-4</v>
+      </c>
+    </row>
+    <row r="38" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D38" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="E38" s="9">
+        <v>4800</v>
+      </c>
+      <c r="F38" s="11">
+        <v>8.0998987512656095E-4</v>
+      </c>
+    </row>
+    <row r="39" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D39" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E39" s="9">
+        <v>4500</v>
+      </c>
+      <c r="F39" s="11">
+        <v>7.5936550793115083E-4</v>
+      </c>
+    </row>
+    <row r="40" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D40" s="6" t="s">
+        <v>49</v>
+      </c>
+      <c r="E40" s="9">
+        <v>4300</v>
+      </c>
+      <c r="F40" s="11">
+        <v>7.2561592980087744E-4</v>
+      </c>
+    </row>
+    <row r="41" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D41" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E41" s="9">
+        <v>1200</v>
+      </c>
+      <c r="F41" s="11">
+        <v>2.0249746878164024E-4</v>
+      </c>
+    </row>
+    <row r="42" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D42" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E42" s="9">
+        <v>800</v>
+      </c>
+      <c r="F42" s="11">
+        <v>1.3499831252109347E-4</v>
+      </c>
+    </row>
+    <row r="43" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D43" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E43" s="13">
+        <v>400</v>
+      </c>
+      <c r="F43" s="11">
+        <v>6.7499156260546737E-5</v>
+      </c>
+    </row>
+    <row r="44" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D44" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" s="13">
+        <v>0</v>
+      </c>
+      <c r="F44" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="45" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D45" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="E45" s="13">
+        <v>0</v>
+      </c>
+      <c r="F45" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="46" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D46" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="E46" s="13">
+        <v>0</v>
+      </c>
+      <c r="F46" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="47" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D47" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E47" s="13">
+        <v>0</v>
+      </c>
+      <c r="F47" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="48" spans="4:6" ht="15.75" customHeight="1">
+      <c r="D48" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E48" s="13">
+        <v>0</v>
+      </c>
+      <c r="F48" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="49" spans="4:7" ht="15.75" customHeight="1">
+      <c r="D49" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="E49" s="13">
+        <v>0</v>
+      </c>
+      <c r="F49" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="50" spans="4:7" ht="15.75" customHeight="1">
+      <c r="D50" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E50" s="13">
+        <v>0</v>
+      </c>
+      <c r="F50" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="51" spans="4:7" ht="15.75" customHeight="1">
+      <c r="D51" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E51" s="9">
+        <v>0</v>
+      </c>
+      <c r="F51" s="10">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="52" spans="4:7" ht="15.75" customHeight="1">
+      <c r="D52" s="6" t="s">
+        <v>45</v>
+      </c>
+      <c r="E52" s="13">
+        <v>0</v>
+      </c>
+      <c r="F52" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="53" spans="4:7" ht="15.75" customHeight="1">
+      <c r="D53" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E53" s="13">
+        <v>0</v>
+      </c>
+      <c r="F53" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="54" spans="4:7" ht="15.75" customHeight="1">
+      <c r="D54" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E54" s="13">
+        <v>0</v>
+      </c>
+      <c r="F54" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="55" spans="4:7" ht="15.75" customHeight="1">
+      <c r="D55" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="E55" s="13">
+        <v>0</v>
+      </c>
+      <c r="F55" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="56" spans="4:7" ht="15.75" customHeight="1">
+      <c r="D56" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E56" s="13">
+        <v>0</v>
+      </c>
+      <c r="F56" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="4:7" ht="15.75" customHeight="1">
+      <c r="D57" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E57" s="13">
+        <v>0</v>
+      </c>
+      <c r="F57" s="11">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="58" spans="4:7" ht="15.75" customHeight="1">
+      <c r="D58" s="14" t="s">
         <v>50</v>
       </c>
-      <c r="E11" s="14">
-[...260 lines deleted...]
-      <c r="D35" s="11" t="s">
+      <c r="E58" s="15">
+        <v>0</v>
+      </c>
+      <c r="F58" s="16">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="59" spans="4:7" ht="15.75" customHeight="1">
+      <c r="D59" s="17" t="s">
+        <v>52</v>
+      </c>
+      <c r="E59" s="18">
+        <v>0</v>
+      </c>
+      <c r="F59" s="19">
+        <v>0</v>
+      </c>
+      <c r="G59" s="20"/>
+    </row>
+    <row r="60" spans="4:7" ht="15.75" customHeight="1" thickBot="1">
+      <c r="D60" s="21" t="s">
         <v>53</v>
       </c>
-      <c r="E35" s="14">
-[...51 lines deleted...]
-      <c r="D40" s="11" t="s">
+      <c r="E60" s="22">
+        <v>0</v>
+      </c>
+      <c r="F60" s="19">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="61" spans="4:7" ht="15.75" customHeight="1" thickBot="1">
+      <c r="D61" s="23" t="s">
+        <v>61</v>
+      </c>
+      <c r="E61" s="24">
+        <v>5926000</v>
+      </c>
+      <c r="F61" s="25"/>
+    </row>
+    <row r="62" spans="4:7" ht="15.75" customHeight="1">
+      <c r="F62" s="1" t="s">
         <v>55</v>
-      </c>
-[...241 lines deleted...]
-        <v>61</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="C1:G1"/>
     <mergeCell ref="D4:D5"/>
     <mergeCell ref="E4:F4"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.59055118110236227" top="0.39370078740157483" bottom="0.78740157480314965" header="0.31496062992125984" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="81" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;A</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">