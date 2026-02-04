--- v0 (2025-10-20)
+++ v1 (2026-02-04)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.21\企画部\2024年度資料\03-07　図面集\エネ百科更新用\1218\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.21\企画部\2025年度資料\03-07　図面集\３.更新用・新規図面\2章\2-1-7\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{EFE1CCCD-6E73-4694-B016-7712A6E82D5C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9EF0906F-9811-46F5-93B7-29CFB51F9F33}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2-1-7" sheetId="1" r:id="rId1"/>
     <sheet name="e2-1-7" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="263" uniqueCount="245">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="267" uniqueCount="249">
   <si>
     <t>スイス（ジュネーブ）</t>
   </si>
   <si>
     <t>IPCC設置</t>
   </si>
   <si>
     <t>1988年11月</t>
   </si>
   <si>
     <t>1995年3月</t>
   </si>
   <si>
     <t>ドイツ（ベルリン）</t>
   </si>
   <si>
     <t>COP1</t>
   </si>
   <si>
     <t>1997年12月</t>
   </si>
   <si>
     <t>日本（京都）</t>
   </si>
   <si>
@@ -933,89 +933,292 @@
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>気候資金に関する新規合同数値目標について、「2035年までに少なくとも年間3,000億ドル（約45兆円）」の途上国支援目標を決定。全てのアクターに対して、途上国向けの気候行動に対する資金を2035年までに年間1.3兆ドル（約195兆円）以上に拡大するため、共に行動することを求める旨決定。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>Nov.2024</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>Baku,Azerbaijan</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>COP29,cmp19&amp;CMA6</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>Regarding new joint numerical targets for climate finance,a target of supporting developing countries of $300 billion per year by 2035 was decided.A decision was made to call on all actors to work together to increase financing for climate action in developing countories to more than $1.3 trillion per year by 2035.</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>1st greenhouse gas emission reductions agreement period: 2008 to 2012    GST(Global Stocktake):Efforts to review the implementation status of the Paris Agreement and evaluate progress towards achieving long-term goals</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>2025年11月</t>
+    <rPh sb="4" eb="5">
+      <t>ネン</t>
+    </rPh>
+    <rPh sb="7" eb="8">
+      <t>ツキ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ブラジル（ベレン）</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>COP30及びCMP20、CMA7</t>
+    <rPh sb="5" eb="6">
+      <t>オヨ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <r>
+      <t>「グローバル・ムチラオ決定</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color theme="1"/>
+        <rFont val="ＭＳ Ｐゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>※</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="ＭＳ Ｐゴシック"/>
+        <family val="2"/>
+        <charset val="128"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">」が採択され、適応資金を2035年までに少なくとも3倍に増やす努力や、パリ協定に対する削減目標等未提出国への早期提出を求める文言等が盛り込まれた。
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color theme="1"/>
+        <rFont val="ＭＳ Ｐゴシック"/>
+        <family val="3"/>
+        <charset val="128"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>※グローバル・ムチラオ決定：ポルトガル語の「ムチラオ（共同作業、協働、ともに働く）」の精神の下、①パリ協定10周年、②交渉から実施への移行、③実施・連帯・国際協力の加速の3点を柱に、幅広い内容が盛り込まれた。</t>
+    </r>
+    <rPh sb="11" eb="13">
+      <t>ケッテイ</t>
+    </rPh>
+    <rPh sb="16" eb="18">
+      <t>サイタク</t>
+    </rPh>
+    <rPh sb="21" eb="25">
+      <t>テキオウシキン</t>
+    </rPh>
+    <rPh sb="30" eb="31">
+      <t>ネン</t>
+    </rPh>
+    <rPh sb="34" eb="35">
+      <t>スク</t>
+    </rPh>
+    <rPh sb="40" eb="41">
+      <t>バイ</t>
+    </rPh>
+    <rPh sb="42" eb="43">
+      <t>フ</t>
+    </rPh>
+    <rPh sb="45" eb="47">
+      <t>ドリョク</t>
+    </rPh>
+    <rPh sb="51" eb="53">
+      <t>キョウテイ</t>
+    </rPh>
+    <rPh sb="54" eb="55">
+      <t>タイ</t>
+    </rPh>
+    <rPh sb="57" eb="59">
+      <t>サクゲン</t>
+    </rPh>
+    <rPh sb="59" eb="61">
+      <t>モクヒョウ</t>
+    </rPh>
+    <rPh sb="61" eb="62">
+      <t>トウ</t>
+    </rPh>
+    <rPh sb="62" eb="66">
+      <t>ミテイシュツコク</t>
+    </rPh>
+    <rPh sb="68" eb="70">
+      <t>ソウキ</t>
+    </rPh>
+    <rPh sb="70" eb="72">
+      <t>テイシュツ</t>
+    </rPh>
+    <rPh sb="73" eb="74">
+      <t>モト</t>
+    </rPh>
+    <rPh sb="76" eb="79">
+      <t>モンゴントウ</t>
+    </rPh>
+    <rPh sb="80" eb="81">
+      <t>モ</t>
+    </rPh>
+    <rPh sb="82" eb="83">
+      <t>コ</t>
+    </rPh>
+    <rPh sb="99" eb="101">
+      <t>ケッテイ</t>
+    </rPh>
+    <rPh sb="107" eb="108">
+      <t>ゴ</t>
+    </rPh>
+    <rPh sb="115" eb="119">
+      <t>キョウドウサギョウ</t>
+    </rPh>
+    <rPh sb="120" eb="122">
+      <t>キョウドウ</t>
+    </rPh>
+    <rPh sb="126" eb="127">
+      <t>ハタラ</t>
+    </rPh>
+    <rPh sb="131" eb="133">
+      <t>セイシン</t>
+    </rPh>
+    <rPh sb="134" eb="135">
+      <t>モト</t>
+    </rPh>
+    <rPh sb="139" eb="141">
+      <t>キョウテイ</t>
+    </rPh>
+    <rPh sb="143" eb="145">
+      <t>シュウネン</t>
+    </rPh>
+    <rPh sb="147" eb="149">
+      <t>コウショウ</t>
+    </rPh>
+    <rPh sb="151" eb="153">
+      <t>ジッシ</t>
+    </rPh>
+    <rPh sb="155" eb="157">
+      <t>イコウ</t>
+    </rPh>
+    <rPh sb="159" eb="161">
+      <t>ジッシ</t>
+    </rPh>
+    <rPh sb="162" eb="164">
+      <t>レンタイ</t>
+    </rPh>
+    <rPh sb="165" eb="169">
+      <t>コクサイキョウリョク</t>
+    </rPh>
+    <rPh sb="170" eb="172">
+      <t>カソク</t>
+    </rPh>
+    <rPh sb="174" eb="175">
+      <t>テン</t>
+    </rPh>
+    <rPh sb="176" eb="177">
+      <t>ハシラ</t>
+    </rPh>
+    <rPh sb="179" eb="181">
+      <t>ハバヒロ</t>
+    </rPh>
+    <rPh sb="182" eb="184">
+      <t>ナイヨウ</t>
+    </rPh>
+    <rPh sb="185" eb="186">
+      <t>モ</t>
+    </rPh>
+    <rPh sb="187" eb="188">
+      <t>コ</t>
+    </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="2"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="14"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="ＭＳ Ｐゴシック"/>
+      <family val="3"/>
+      <charset val="128"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="22">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
@@ -1292,94 +1495,91 @@
       <top/>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="32">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="17" xfId="0" applyBorder="1">
       <alignment vertical="center"/>
@@ -1683,73 +1883,73 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D37"/>
+  <dimension ref="A1:D38"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A22" workbookViewId="0">
-      <selection activeCell="D46" sqref="D46"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="D40" sqref="D40"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="17.75" style="1" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.125" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="27.875" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="91.125" style="1" customWidth="1"/>
     <col min="5" max="5" width="5.125" style="1" customWidth="1"/>
     <col min="6" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="17.25" x14ac:dyDescent="0.15">
-      <c r="A1" s="28" t="s">
+      <c r="A1" s="27" t="s">
         <v>84</v>
       </c>
-      <c r="B1" s="29"/>
-[...1 lines deleted...]
-      <c r="D1" s="29"/>
+      <c r="B1" s="28"/>
+      <c r="C1" s="28"/>
+      <c r="D1" s="28"/>
     </row>
     <row r="2" spans="1:4" ht="14.25" thickBot="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:4" ht="14.25" thickBot="1" x14ac:dyDescent="0.2">
       <c r="A3" s="8" t="s">
         <v>188</v>
       </c>
       <c r="B3" s="9" t="s">
         <v>189</v>
       </c>
       <c r="C3" s="9" t="s">
         <v>190</v>
       </c>
       <c r="D3" s="10" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.15">
       <c r="A4" s="5" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="6" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>1</v>
@@ -2124,599 +2324,613 @@
     </row>
     <row r="31" spans="1:4" ht="27" x14ac:dyDescent="0.15">
       <c r="A31" s="11" t="s">
         <v>81</v>
       </c>
       <c r="B31" s="12" t="s">
         <v>82</v>
       </c>
       <c r="C31" s="12" t="s">
         <v>83</v>
       </c>
       <c r="D31" s="13" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="32" spans="1:4" ht="40.5" x14ac:dyDescent="0.15">
       <c r="A32" s="2" t="s">
         <v>220</v>
       </c>
       <c r="B32" s="3" t="s">
         <v>221</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>222</v>
       </c>
-      <c r="D32" s="27" t="s">
+      <c r="D32" s="26" t="s">
         <v>223</v>
       </c>
     </row>
-    <row r="33" spans="1:4" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="24" t="s">
+    <row r="33" spans="1:4" ht="39" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A33" s="12" t="s">
         <v>228</v>
       </c>
-      <c r="B33" s="25" t="s">
+      <c r="B33" s="12" t="s">
         <v>231</v>
       </c>
-      <c r="C33" s="25" t="s">
+      <c r="C33" s="12" t="s">
         <v>229</v>
       </c>
-      <c r="D33" s="26" t="s">
+      <c r="D33" s="13" t="s">
         <v>230</v>
       </c>
     </row>
-    <row r="34" spans="1:4" ht="47.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="8" t="s">
+    <row r="34" spans="1:4" ht="47.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A34" s="3" t="s">
         <v>236</v>
       </c>
-      <c r="B34" s="9" t="s">
+      <c r="B34" s="3" t="s">
         <v>237</v>
       </c>
-      <c r="C34" s="9" t="s">
+      <c r="C34" s="3" t="s">
         <v>238</v>
       </c>
-      <c r="D34" s="14" t="s">
+      <c r="D34" s="26" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="36" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A36" s="30" t="s">
+    <row r="35" spans="1:4" ht="52.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A35" s="23" t="s">
+        <v>245</v>
+      </c>
+      <c r="B35" s="24" t="s">
+        <v>246</v>
+      </c>
+      <c r="C35" s="24" t="s">
+        <v>247</v>
+      </c>
+      <c r="D35" s="25" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" x14ac:dyDescent="0.15">
+      <c r="A37" s="29" t="s">
         <v>85</v>
       </c>
-      <c r="B36" s="30"/>
-[...4 lines deleted...]
-      <c r="A37" s="30" t="s">
+      <c r="B37" s="29"/>
+      <c r="C37" s="29"/>
+      <c r="D37" s="29"/>
+    </row>
+    <row r="38" spans="1:4" x14ac:dyDescent="0.15">
+      <c r="A38" s="29" t="s">
         <v>86</v>
       </c>
-      <c r="B37" s="30"/>
-[...1 lines deleted...]
-      <c r="D37" s="30"/>
+      <c r="B38" s="29"/>
+      <c r="C38" s="29"/>
+      <c r="D38" s="29"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
-    <mergeCell ref="A36:D36"/>
     <mergeCell ref="A37:D37"/>
+    <mergeCell ref="A38:D38"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="87" orientation="landscape" horizontalDpi="4294967293" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView topLeftCell="A31" workbookViewId="0">
       <selection activeCell="C43" sqref="C43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="13.5" x14ac:dyDescent="0.15"/>
   <cols>
     <col min="1" max="1" width="14.75" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="24.5" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="108.125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A1" s="32" t="s">
+      <c r="A1" s="31" t="s">
         <v>157</v>
       </c>
-      <c r="B1" s="32"/>
-[...1 lines deleted...]
-      <c r="D1" s="32"/>
+      <c r="B1" s="31"/>
+      <c r="C1" s="31"/>
+      <c r="D1" s="31"/>
     </row>
     <row r="2" spans="1:4" ht="14.25" thickBot="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A3" s="15" t="s">
+      <c r="A3" s="14" t="s">
         <v>158</v>
       </c>
-      <c r="B3" s="16" t="s">
+      <c r="B3" s="15" t="s">
         <v>159</v>
       </c>
-      <c r="C3" s="16" t="s">
+      <c r="C3" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="D3" s="17" t="s">
+      <c r="D3" s="16" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A4" s="18" t="s">
+      <c r="A4" s="17" t="s">
         <v>87</v>
       </c>
-      <c r="B4" s="19" t="s">
+      <c r="B4" s="18" t="s">
         <v>88</v>
       </c>
-      <c r="C4" s="19" t="s">
+      <c r="C4" s="18" t="s">
         <v>89</v>
       </c>
-      <c r="D4" s="20" t="s">
+      <c r="D4" s="19" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A5" s="18" t="s">
+      <c r="A5" s="17" t="s">
         <v>90</v>
       </c>
-      <c r="B5" s="19" t="s">
+      <c r="B5" s="18" t="s">
         <v>91</v>
       </c>
-      <c r="C5" s="19" t="s">
+      <c r="C5" s="18" t="s">
         <v>5</v>
       </c>
-      <c r="D5" s="20" t="s">
+      <c r="D5" s="19" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A6" s="18" t="s">
+      <c r="A6" s="17" t="s">
         <v>216</v>
       </c>
-      <c r="B6" s="19" t="s">
+      <c r="B6" s="18" t="s">
         <v>88</v>
       </c>
-      <c r="C6" s="19" t="s">
+      <c r="C6" s="18" t="s">
         <v>211</v>
       </c>
-      <c r="D6" s="20" t="s">
+      <c r="D6" s="19" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="27" x14ac:dyDescent="0.15">
-      <c r="A7" s="18" t="s">
+      <c r="A7" s="17" t="s">
         <v>92</v>
       </c>
-      <c r="B7" s="19" t="s">
+      <c r="B7" s="18" t="s">
         <v>93</v>
       </c>
-      <c r="C7" s="19" t="s">
+      <c r="C7" s="18" t="s">
         <v>8</v>
       </c>
-      <c r="D7" s="20" t="s">
+      <c r="D7" s="19" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A8" s="18" t="s">
+      <c r="A8" s="17" t="s">
         <v>218</v>
       </c>
-      <c r="B8" s="19" t="s">
+      <c r="B8" s="18" t="s">
         <v>107</v>
       </c>
-      <c r="C8" s="19" t="s">
+      <c r="C8" s="18" t="s">
         <v>214</v>
       </c>
-      <c r="D8" s="20" t="s">
+      <c r="D8" s="19" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A9" s="18" t="s">
+      <c r="A9" s="17" t="s">
         <v>94</v>
       </c>
-      <c r="B9" s="19" t="s">
+      <c r="B9" s="18" t="s">
         <v>95</v>
       </c>
-      <c r="C9" s="19" t="s">
+      <c r="C9" s="18" t="s">
         <v>11</v>
       </c>
-      <c r="D9" s="20" t="s">
+      <c r="D9" s="19" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A10" s="18" t="s">
+      <c r="A10" s="17" t="s">
         <v>96</v>
       </c>
-      <c r="B10" s="19" t="s">
+      <c r="B10" s="18" t="s">
         <v>97</v>
       </c>
-      <c r="C10" s="19" t="s">
+      <c r="C10" s="18" t="s">
         <v>14</v>
       </c>
-      <c r="D10" s="20" t="s">
+      <c r="D10" s="19" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A11" s="18" t="s">
+      <c r="A11" s="17" t="s">
         <v>98</v>
       </c>
-      <c r="B11" s="19" t="s">
+      <c r="B11" s="18" t="s">
         <v>95</v>
       </c>
-      <c r="C11" s="19" t="s">
+      <c r="C11" s="18" t="s">
         <v>99</v>
       </c>
-      <c r="D11" s="20" t="s">
+      <c r="D11" s="19" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A12" s="18" t="s">
+      <c r="A12" s="17" t="s">
         <v>100</v>
       </c>
-      <c r="B12" s="19" t="s">
+      <c r="B12" s="18" t="s">
         <v>101</v>
       </c>
-      <c r="C12" s="19" t="s">
+      <c r="C12" s="18" t="s">
         <v>19</v>
       </c>
-      <c r="D12" s="20" t="s">
+      <c r="D12" s="19" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A13" s="18" t="s">
+      <c r="A13" s="17" t="s">
         <v>102</v>
       </c>
-      <c r="B13" s="19" t="s">
+      <c r="B13" s="18" t="s">
         <v>103</v>
       </c>
-      <c r="C13" s="19" t="s">
+      <c r="C13" s="18" t="s">
         <v>23</v>
       </c>
-      <c r="D13" s="20" t="s">
+      <c r="D13" s="19" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A14" s="18" t="s">
+      <c r="A14" s="17" t="s">
         <v>104</v>
       </c>
-      <c r="B14" s="19" t="s">
+      <c r="B14" s="18" t="s">
         <v>105</v>
       </c>
-      <c r="C14" s="19" t="s">
+      <c r="C14" s="18" t="s">
         <v>27</v>
       </c>
-      <c r="D14" s="20" t="s">
+      <c r="D14" s="19" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A15" s="18" t="s">
+      <c r="A15" s="17" t="s">
         <v>106</v>
       </c>
-      <c r="B15" s="19" t="s">
+      <c r="B15" s="18" t="s">
         <v>107</v>
       </c>
-      <c r="C15" s="19" t="s">
+      <c r="C15" s="18" t="s">
         <v>31</v>
       </c>
-      <c r="D15" s="20" t="s">
+      <c r="D15" s="19" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A16" s="18" t="s">
+      <c r="A16" s="17" t="s">
         <v>108</v>
       </c>
-      <c r="B16" s="19" t="s">
+      <c r="B16" s="18" t="s">
         <v>109</v>
       </c>
-      <c r="C16" s="19" t="s">
+      <c r="C16" s="18" t="s">
         <v>110</v>
       </c>
-      <c r="D16" s="20" t="s">
+      <c r="D16" s="19" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="17" spans="1:4" ht="27" x14ac:dyDescent="0.15">
-      <c r="A17" s="18" t="s">
+      <c r="A17" s="17" t="s">
         <v>111</v>
       </c>
-      <c r="B17" s="19" t="s">
+      <c r="B17" s="18" t="s">
         <v>112</v>
       </c>
-      <c r="C17" s="19" t="s">
+      <c r="C17" s="18" t="s">
         <v>113</v>
       </c>
-      <c r="D17" s="20" t="s">
+      <c r="D17" s="19" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A18" s="18" t="s">
+      <c r="A18" s="17" t="s">
         <v>114</v>
       </c>
-      <c r="B18" s="19" t="s">
+      <c r="B18" s="18" t="s">
         <v>115</v>
       </c>
-      <c r="C18" s="19" t="s">
+      <c r="C18" s="18" t="s">
         <v>116</v>
       </c>
-      <c r="D18" s="20" t="s">
+      <c r="D18" s="19" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A19" s="18" t="s">
+      <c r="A19" s="17" t="s">
         <v>117</v>
       </c>
-      <c r="B19" s="19" t="s">
+      <c r="B19" s="18" t="s">
         <v>118</v>
       </c>
-      <c r="C19" s="19" t="s">
+      <c r="C19" s="18" t="s">
         <v>119</v>
       </c>
-      <c r="D19" s="20" t="s">
+      <c r="D19" s="19" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A20" s="18" t="s">
+      <c r="A20" s="17" t="s">
         <v>120</v>
       </c>
-      <c r="B20" s="19" t="s">
+      <c r="B20" s="18" t="s">
         <v>121</v>
       </c>
-      <c r="C20" s="19" t="s">
+      <c r="C20" s="18" t="s">
         <v>122</v>
       </c>
-      <c r="D20" s="20" t="s">
+      <c r="D20" s="19" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A21" s="18" t="s">
+      <c r="A21" s="17" t="s">
         <v>123</v>
       </c>
-      <c r="B21" s="19" t="s">
+      <c r="B21" s="18" t="s">
         <v>124</v>
       </c>
-      <c r="C21" s="19" t="s">
+      <c r="C21" s="18" t="s">
         <v>125</v>
       </c>
-      <c r="D21" s="20" t="s">
+      <c r="D21" s="19" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A22" s="18" t="s">
+      <c r="A22" s="17" t="s">
         <v>126</v>
       </c>
-      <c r="B22" s="19" t="s">
+      <c r="B22" s="18" t="s">
         <v>127</v>
       </c>
-      <c r="C22" s="19" t="s">
+      <c r="C22" s="18" t="s">
         <v>128</v>
       </c>
-      <c r="D22" s="20" t="s">
+      <c r="D22" s="19" t="s">
         <v>178</v>
       </c>
     </row>
     <row r="23" spans="1:4" ht="27" x14ac:dyDescent="0.15">
-      <c r="A23" s="18" t="s">
+      <c r="A23" s="17" t="s">
         <v>129</v>
       </c>
-      <c r="B23" s="19" t="s">
+      <c r="B23" s="18" t="s">
         <v>130</v>
       </c>
-      <c r="C23" s="19" t="s">
+      <c r="C23" s="18" t="s">
         <v>131</v>
       </c>
-      <c r="D23" s="20" t="s">
+      <c r="D23" s="19" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A24" s="18" t="s">
+      <c r="A24" s="17" t="s">
         <v>132</v>
       </c>
-      <c r="B24" s="19" t="s">
+      <c r="B24" s="18" t="s">
         <v>133</v>
       </c>
-      <c r="C24" s="19" t="s">
+      <c r="C24" s="18" t="s">
         <v>134</v>
       </c>
-      <c r="D24" s="20" t="s">
+      <c r="D24" s="19" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A25" s="18" t="s">
+      <c r="A25" s="17" t="s">
         <v>135</v>
       </c>
-      <c r="B25" s="19" t="s">
+      <c r="B25" s="18" t="s">
         <v>136</v>
       </c>
-      <c r="C25" s="19" t="s">
+      <c r="C25" s="18" t="s">
         <v>137</v>
       </c>
-      <c r="D25" s="20" t="s">
+      <c r="D25" s="19" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A26" s="18" t="s">
+      <c r="A26" s="17" t="s">
         <v>138</v>
       </c>
-      <c r="B26" s="19" t="s">
+      <c r="B26" s="18" t="s">
         <v>139</v>
       </c>
-      <c r="C26" s="19" t="s">
+      <c r="C26" s="18" t="s">
         <v>140</v>
       </c>
-      <c r="D26" s="20" t="s">
+      <c r="D26" s="19" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A27" s="18" t="s">
+      <c r="A27" s="17" t="s">
         <v>141</v>
       </c>
-      <c r="B27" s="19" t="s">
+      <c r="B27" s="18" t="s">
         <v>142</v>
       </c>
-      <c r="C27" s="19" t="s">
+      <c r="C27" s="18" t="s">
         <v>143</v>
       </c>
-      <c r="D27" s="20" t="s">
+      <c r="D27" s="19" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A28" s="18" t="s">
+      <c r="A28" s="17" t="s">
         <v>144</v>
       </c>
-      <c r="B28" s="19" t="s">
+      <c r="B28" s="18" t="s">
         <v>95</v>
       </c>
-      <c r="C28" s="19" t="s">
+      <c r="C28" s="18" t="s">
         <v>145</v>
       </c>
-      <c r="D28" s="20" t="s">
+      <c r="D28" s="19" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A29" s="18" t="s">
+      <c r="A29" s="17" t="s">
         <v>146</v>
       </c>
-      <c r="B29" s="19" t="s">
+      <c r="B29" s="18" t="s">
         <v>147</v>
       </c>
-      <c r="C29" s="19" t="s">
+      <c r="C29" s="18" t="s">
         <v>148</v>
       </c>
-      <c r="D29" s="20" t="s">
+      <c r="D29" s="19" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.15">
-      <c r="A30" s="18" t="s">
+      <c r="A30" s="17" t="s">
         <v>149</v>
       </c>
-      <c r="B30" s="19" t="s">
+      <c r="B30" s="18" t="s">
         <v>150</v>
       </c>
-      <c r="C30" s="19" t="s">
+      <c r="C30" s="18" t="s">
         <v>151</v>
       </c>
-      <c r="D30" s="20" t="s">
+      <c r="D30" s="19" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="31" spans="1:4" ht="27" x14ac:dyDescent="0.15">
-      <c r="A31" s="18" t="s">
+      <c r="A31" s="17" t="s">
         <v>152</v>
       </c>
-      <c r="B31" s="19" t="s">
+      <c r="B31" s="18" t="s">
         <v>153</v>
       </c>
-      <c r="C31" s="19" t="s">
+      <c r="C31" s="18" t="s">
         <v>154</v>
       </c>
-      <c r="D31" s="20" t="s">
+      <c r="D31" s="19" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="32" spans="1:4" ht="37.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="A32" s="18" t="s">
+      <c r="A32" s="17" t="s">
         <v>224</v>
       </c>
-      <c r="B32" s="19" t="s">
+      <c r="B32" s="18" t="s">
         <v>225</v>
       </c>
-      <c r="C32" s="19" t="s">
+      <c r="C32" s="18" t="s">
         <v>226</v>
       </c>
-      <c r="D32" s="20" t="s">
+      <c r="D32" s="19" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="33" spans="1:4" ht="41.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="21" t="s">
+      <c r="A33" s="20" t="s">
         <v>232</v>
       </c>
-      <c r="B33" s="22" t="s">
+      <c r="B33" s="21" t="s">
         <v>233</v>
       </c>
-      <c r="C33" s="22" t="s">
+      <c r="C33" s="21" t="s">
         <v>234</v>
       </c>
-      <c r="D33" s="23" t="s">
+      <c r="D33" s="22" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="34" spans="1:4" ht="41.45" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="21" t="s">
+      <c r="A34" s="20" t="s">
         <v>240</v>
       </c>
-      <c r="B34" s="22" t="s">
+      <c r="B34" s="21" t="s">
         <v>241</v>
       </c>
-      <c r="C34" s="22" t="s">
+      <c r="C34" s="21" t="s">
         <v>242</v>
       </c>
-      <c r="D34" s="23" t="s">
+      <c r="D34" s="22" t="s">
         <v>243</v>
       </c>
     </row>
     <row r="35" spans="1:4" ht="25.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A35" t="s">
         <v>155</v>
       </c>
-      <c r="B35" s="31" t="s">
+      <c r="B35" s="30" t="s">
         <v>244</v>
       </c>
-      <c r="C35" s="31"/>
-      <c r="D35" s="31"/>
+      <c r="C35" s="30"/>
+      <c r="D35" s="30"/>
     </row>
     <row r="36" spans="1:4" ht="28.5" customHeight="1" x14ac:dyDescent="0.15">
-      <c r="B36" s="31" t="s">
+      <c r="B36" s="30" t="s">
         <v>156</v>
       </c>
-      <c r="C36" s="31"/>
-      <c r="D36" s="31"/>
+      <c r="C36" s="30"/>
+      <c r="D36" s="30"/>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="B35:D35"/>
     <mergeCell ref="B36:D36"/>
     <mergeCell ref="A1:D1"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>