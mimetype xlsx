--- v0 (2025-11-26)
+++ v1 (2026-01-28)
@@ -1,81 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.21\企画部\2024年度資料\03-07　図面集\更新用\2章\2-1-2\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.21\企画部\2025年度資料\03-07　図面集\３.更新用・新規図面\2章\2-1-2\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{9C396A70-87F3-4171-8F44-84F5C18FA588}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A6F7508B-D0F6-40AC-BF0B-55CAE62B30B2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="14355" yWindow="2475" windowWidth="12585" windowHeight="11235" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2-1-2" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="\I">#REF!</definedName>
     <definedName name="\P">#REF!</definedName>
     <definedName name="aa">'[1]Oil Consumption – barrels'!#REF!</definedName>
     <definedName name="INIT">#REF!</definedName>
     <definedName name="LEAP">#REF!</definedName>
     <definedName name="NONLEAP">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'2-1-2'!$A$1:$G$30</definedName>
     <definedName name="Print1">#REF!</definedName>
   </definedNames>
   <calcPr calcId="114210"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="29" uniqueCount="21">
   <si>
     <t>二酸化炭素</t>
   </si>
   <si>
     <t>メタン</t>
   </si>
   <si>
     <t>一酸化二窒素</t>
   </si>
   <si>
     <t>温室効果ガスの地球温暖化への寄与度</t>
     <rPh sb="0" eb="2">
       <t>オンシツ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>コウカ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>チキュウ</t>
     </rPh>
     <rPh sb="9" eb="12">
       <t>オンダンカ</t>
     </rPh>
     <rPh sb="14" eb="17">
       <t>キヨド</t>
@@ -172,50 +172,82 @@
     <t>2022年度総排出量</t>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>11.4億トン</t>
     <rPh sb="4" eb="5">
       <t>オク</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>2022年度</t>
     <rPh sb="4" eb="6">
       <t>ネンド</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>日本が排出する温室効果ガスの地球温暖化への直接的寄与度（2022年度）</t>
     <rPh sb="0" eb="2">
       <t>ニホン</t>
     </rPh>
     <rPh sb="32" eb="34">
       <t>ネンド</t>
     </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>日本が排出する温室効果ガスの地球温暖化への直接的寄与度（2023年度）</t>
+    <rPh sb="0" eb="2">
+      <t>ニホン</t>
+    </rPh>
+    <rPh sb="32" eb="34">
+      <t>ネンド</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>2023年度</t>
+    <rPh sb="4" eb="6">
+      <t>ネンド</t>
+    </rPh>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>2023年度総排出量</t>
+    <phoneticPr fontId="2"/>
+  </si>
+  <si>
+    <t>10.7億トン</t>
+    <rPh sb="4" eb="5">
+      <t>オク</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>出典：令和７年版環境白書・循環型社会白書・生物多様性白書 他</t>
     <phoneticPr fontId="2"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="176" formatCode="0.0%"/>
     <numFmt numFmtId="177" formatCode="0.0&quot;%&quot;"/>
   </numFmts>
   <fonts count="11">
     <font>
       <sz val="12"/>
       <name val="Osaka"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Osaka"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
@@ -555,51 +587,58 @@
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="7" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="7" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="7" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="桁区切り" xfId="1" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="1">
+  <dxfs count="2">
+    <dxf>
+      <fill>
+        <patternFill>
+          <bgColor indexed="22"/>
+        </patternFill>
+      </fill>
+    </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="22"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -971,54 +1010,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M27"/>
+  <dimension ref="A1:M38"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A7" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="J14" sqref="J14"/>
+    <sheetView tabSelected="1" topLeftCell="A28" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="C39" sqref="C39"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11" defaultRowHeight="13.5"/>
   <cols>
     <col min="1" max="1" width="9" style="4" customWidth="1"/>
     <col min="2" max="2" width="5.375" style="4" customWidth="1"/>
     <col min="3" max="3" width="45.625" style="4" customWidth="1"/>
     <col min="4" max="5" width="13" style="4" customWidth="1"/>
     <col min="6" max="9" width="11" style="4" customWidth="1"/>
     <col min="10" max="16384" width="11" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" s="3" customFormat="1" ht="48.95" customHeight="1">
       <c r="A1" s="5"/>
       <c r="B1" s="26" t="s">
         <v>3</v>
       </c>
       <c r="C1" s="26"/>
       <c r="D1" s="26"/>
       <c r="E1" s="26"/>
       <c r="F1" s="26"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
       <c r="I1" s="1"/>
       <c r="J1" s="2"/>
@@ -1263,64 +1302,185 @@
       <c r="A24" s="7"/>
       <c r="B24" s="7"/>
       <c r="C24" s="7"/>
       <c r="D24" s="7"/>
       <c r="E24" s="7"/>
       <c r="F24" s="7"/>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="7"/>
       <c r="B25" s="7"/>
       <c r="C25" s="7" t="s">
         <v>11</v>
       </c>
       <c r="D25" s="7"/>
       <c r="E25" s="7"/>
       <c r="F25" s="7"/>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="7"/>
       <c r="B26" s="7"/>
       <c r="C26" s="7"/>
       <c r="D26" s="7"/>
       <c r="E26" s="7"/>
       <c r="F26" s="7"/>
     </row>
-    <row r="27" spans="1:6">
+    <row r="27" spans="1:6" ht="27.95" customHeight="1">
       <c r="A27" s="7"/>
       <c r="B27" s="7"/>
-      <c r="C27" s="7"/>
+      <c r="C27" s="8" t="s">
+        <v>16</v>
+      </c>
       <c r="D27" s="7"/>
       <c r="E27" s="7"/>
       <c r="F27" s="7"/>
+    </row>
+    <row r="28" spans="1:6" ht="27.95" customHeight="1" thickBot="1">
+      <c r="A28" s="7"/>
+      <c r="B28" s="7"/>
+      <c r="C28" s="8"/>
+      <c r="D28" s="7"/>
+      <c r="E28" s="7"/>
+      <c r="F28" s="7"/>
+    </row>
+    <row r="29" spans="1:6" ht="22.5" customHeight="1" thickBot="1">
+      <c r="A29" s="7"/>
+      <c r="B29" s="7"/>
+      <c r="C29" s="18"/>
+      <c r="D29" s="19" t="s">
+        <v>17</v>
+      </c>
+      <c r="E29" s="7"/>
+      <c r="F29" s="7"/>
+    </row>
+    <row r="30" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A30" s="7"/>
+      <c r="B30" s="7"/>
+      <c r="C30" s="20" t="s">
+        <v>0</v>
+      </c>
+      <c r="D30" s="21">
+        <v>92.3</v>
+      </c>
+      <c r="E30" s="7"/>
+      <c r="F30" s="7"/>
+    </row>
+    <row r="31" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A31" s="7"/>
+      <c r="B31" s="7"/>
+      <c r="C31" s="22" t="s">
+        <v>1</v>
+      </c>
+      <c r="D31" s="23">
+        <v>2.7</v>
+      </c>
+      <c r="E31" s="7"/>
+      <c r="F31" s="7"/>
+    </row>
+    <row r="32" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A32" s="7"/>
+      <c r="B32" s="7"/>
+      <c r="C32" s="22" t="s">
+        <v>2</v>
+      </c>
+      <c r="D32" s="23">
+        <v>1.5</v>
+      </c>
+      <c r="E32" s="7"/>
+      <c r="F32" s="7"/>
+    </row>
+    <row r="33" spans="1:6" ht="22.5" customHeight="1">
+      <c r="A33" s="7"/>
+      <c r="B33" s="7"/>
+      <c r="C33" s="22" t="s">
+        <v>10</v>
+      </c>
+      <c r="D33" s="23">
+        <v>3.5</v>
+      </c>
+      <c r="E33" s="7"/>
+      <c r="F33" s="7"/>
+    </row>
+    <row r="34" spans="1:6" ht="22.5" customHeight="1" thickBot="1">
+      <c r="A34" s="7"/>
+      <c r="B34" s="7"/>
+      <c r="C34" s="24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" s="25" t="s">
+        <v>19</v>
+      </c>
+      <c r="E34" s="7"/>
+      <c r="F34" s="7"/>
+    </row>
+    <row r="35" spans="1:6">
+      <c r="A35" s="7"/>
+      <c r="B35" s="7"/>
+      <c r="C35" s="7"/>
+      <c r="D35" s="7"/>
+      <c r="E35" s="7"/>
+      <c r="F35" s="7"/>
+    </row>
+    <row r="36" spans="1:6">
+      <c r="A36" s="7"/>
+      <c r="B36" s="7"/>
+      <c r="C36" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="D36" s="7"/>
+      <c r="E36" s="7"/>
+      <c r="F36" s="7"/>
+    </row>
+    <row r="37" spans="1:6">
+      <c r="A37" s="7"/>
+      <c r="B37" s="7"/>
+      <c r="C37" s="7"/>
+      <c r="D37" s="7"/>
+      <c r="E37" s="7"/>
+      <c r="F37" s="7"/>
+    </row>
+    <row r="38" spans="1:6">
+      <c r="A38" s="7"/>
+      <c r="B38" s="7"/>
+      <c r="C38" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" s="7"/>
+      <c r="E38" s="7"/>
+      <c r="F38" s="7"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="B1:F1"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <conditionalFormatting sqref="C6:D10 C17:D21">
+    <cfRule type="expression" dxfId="1" priority="2" stopIfTrue="1">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C30:D34">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.59055118110236227" top="0.59055118110236227" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="11" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;A</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>