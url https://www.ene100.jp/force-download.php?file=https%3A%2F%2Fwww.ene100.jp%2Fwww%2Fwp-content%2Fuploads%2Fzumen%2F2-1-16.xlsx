--- v0 (2025-11-04)
+++ v1 (2026-01-07)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.21\企画部\2023年度資料\03-07　図面集\更新用\2章\2-1-16\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\192.168.1.21\企画部\2025年度資料\03-07　図面集\３.更新用・新規図面\2章\2-1-16\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{2898829E-1A6B-4D30-9740-39B6C26BCE3B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{67771DF4-0636-4803-998E-B8DABCC0ACDF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="3465" yWindow="1860" windowWidth="11700" windowHeight="11265" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-585" yWindow="1860" windowWidth="12585" windowHeight="11235" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="2-1-16" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="\I">#REF!</definedName>
     <definedName name="\P">#REF!</definedName>
     <definedName name="aa">'[1]Oil Consumption – barrels'!#REF!</definedName>
     <definedName name="INIT">#REF!</definedName>
     <definedName name="LEAP">#REF!</definedName>
     <definedName name="NONLEAP">#REF!</definedName>
     <definedName name="Print1">#REF!</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="22">
   <si>
     <t>使用電力量</t>
   </si>
@@ -745,51 +745,51 @@
       <diagonal/>
     </border>
     <border diagonalDown="1">
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal style="thin">
         <color indexed="64"/>
       </diagonal>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="38" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="76">
+  <cellXfs count="80">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="177" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="178" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="176" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="177" fontId="9" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="178" fontId="9" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="176" fontId="9" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="176" fontId="10" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" shrinkToFit="1"/>
@@ -893,69 +893,81 @@
     </xf>
     <xf numFmtId="176" fontId="7" fillId="0" borderId="15" xfId="2" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="7" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="7" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="7" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="7" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="7" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="7" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="7" fillId="7" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="178" fontId="7" fillId="7" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="176" fontId="7" fillId="7" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="7" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="177" fontId="7" fillId="7" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="177" fontId="7" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="178" fontId="7" fillId="7" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="178" fontId="7" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="7" fillId="7" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="176" fontId="7" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="桁区切り" xfId="1" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準_2012・2章" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill>
           <bgColor indexed="22"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -1449,108 +1461,108 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:G67"/>
+  <dimension ref="B1:G69"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A49" zoomScale="75" workbookViewId="0">
-      <selection activeCell="F70" sqref="F70"/>
+    <sheetView tabSelected="1" topLeftCell="A55" zoomScale="75" workbookViewId="0">
+      <selection activeCell="G71" sqref="G71"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="16.5"/>
   <cols>
     <col min="1" max="1" width="9" style="1"/>
     <col min="2" max="2" width="9" style="2"/>
     <col min="3" max="3" width="15.625" style="4" customWidth="1"/>
     <col min="4" max="4" width="14.5" style="5" customWidth="1"/>
     <col min="5" max="5" width="15.625" style="6" customWidth="1"/>
     <col min="6" max="6" width="18.25" style="1" customWidth="1"/>
     <col min="7" max="7" width="18.625" style="1" customWidth="1"/>
     <col min="8" max="16384" width="9" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:7" ht="48.95" customHeight="1">
-      <c r="B1" s="69" t="s">
+      <c r="B1" s="73" t="s">
         <v>13</v>
       </c>
-      <c r="C1" s="69"/>
-[...3 lines deleted...]
-      <c r="G1" s="69"/>
+      <c r="C1" s="73"/>
+      <c r="D1" s="73"/>
+      <c r="E1" s="73"/>
+      <c r="F1" s="73"/>
+      <c r="G1" s="73"/>
     </row>
     <row r="2" spans="2:7" ht="27.95" customHeight="1">
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
       <c r="G2" s="3"/>
     </row>
     <row r="3" spans="2:7" ht="27.95" customHeight="1" thickBot="1"/>
     <row r="4" spans="2:7" ht="18.75" customHeight="1">
-      <c r="B4" s="70" t="s">
+      <c r="B4" s="74" t="s">
         <v>6</v>
       </c>
       <c r="C4" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D4" s="8" t="s">
         <v>0</v>
       </c>
       <c r="E4" s="9" t="s">
         <v>15</v>
       </c>
       <c r="F4" s="10" t="s">
         <v>1</v>
       </c>
       <c r="G4" s="11" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="2:7" ht="15" customHeight="1" thickBot="1">
-      <c r="B5" s="71"/>
+      <c r="B5" s="75"/>
       <c r="C5" s="12" t="s">
         <v>3</v>
       </c>
       <c r="D5" s="13" t="s">
         <v>5</v>
       </c>
       <c r="E5" s="14" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="15" t="s">
         <v>16</v>
       </c>
       <c r="G5" s="16" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="2:7" ht="29.25" customHeight="1">
       <c r="B6" s="17">
         <v>1970</v>
       </c>
       <c r="C6" s="18">
         <v>0.15484700000000001</v>
       </c>
       <c r="D6" s="19">
         <v>2598.7399999999998</v>
@@ -2469,67 +2481,99 @@
       <c r="E63" s="67"/>
       <c r="F63" s="62">
         <v>0.32900000000000001</v>
       </c>
       <c r="G63" s="62">
         <v>0.441</v>
       </c>
     </row>
     <row r="64" spans="2:7" ht="23.25" customHeight="1">
       <c r="B64" s="62">
         <v>2021</v>
       </c>
       <c r="C64" s="66"/>
       <c r="D64" s="64">
         <v>7503</v>
       </c>
       <c r="E64" s="67"/>
       <c r="F64" s="62">
         <v>0.32600000000000001</v>
       </c>
       <c r="G64" s="62">
         <v>0.435</v>
       </c>
     </row>
     <row r="65" spans="2:7" ht="23.25" customHeight="1">
-      <c r="B65" s="72">
+      <c r="B65" s="62">
         <v>2022</v>
       </c>
-      <c r="C65" s="73"/>
-      <c r="D65" s="74">
+      <c r="C65" s="66"/>
+      <c r="D65" s="64">
         <v>7486</v>
       </c>
-      <c r="E65" s="75"/>
-      <c r="F65" s="72">
+      <c r="E65" s="67"/>
+      <c r="F65" s="62">
         <v>0.32700000000000001</v>
       </c>
-      <c r="G65" s="72">
+      <c r="G65" s="62">
         <v>0.437</v>
       </c>
     </row>
-    <row r="67" spans="2:7" ht="14.25">
-      <c r="B67" s="68" t="s">
+    <row r="66" spans="2:7" ht="23.25" customHeight="1">
+      <c r="B66" s="76">
+        <v>2023</v>
+      </c>
+      <c r="C66" s="77"/>
+      <c r="D66" s="78">
+        <v>7382</v>
+      </c>
+      <c r="E66" s="79"/>
+      <c r="F66" s="76">
+        <v>0.312</v>
+      </c>
+      <c r="G66" s="76">
+        <v>0.42199999999999999</v>
+      </c>
+    </row>
+    <row r="67" spans="2:7" ht="23.25" customHeight="1">
+      <c r="B67" s="69">
+        <v>2024</v>
+      </c>
+      <c r="C67" s="70"/>
+      <c r="D67" s="71">
+        <v>7430</v>
+      </c>
+      <c r="E67" s="72"/>
+      <c r="F67" s="69">
+        <v>0.309</v>
+      </c>
+      <c r="G67" s="69">
+        <v>0.41599999999999998</v>
+      </c>
+    </row>
+    <row r="69" spans="2:7" ht="14.25">
+      <c r="B69" s="68" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="B1:G1"/>
     <mergeCell ref="B4:B5"/>
   </mergeCells>
   <phoneticPr fontId="2"/>
   <conditionalFormatting sqref="B6:E49">
     <cfRule type="expression" dxfId="0" priority="1" stopIfTrue="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.39370078740157483" right="0.59055118110236227" top="0.59055118110236227" bottom="0.98425196850393704" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="9" scale="50" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;R&amp;A</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>